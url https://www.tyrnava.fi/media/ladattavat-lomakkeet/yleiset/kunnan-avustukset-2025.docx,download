--- v0 (2025-12-05)
+++ v1 (2026-03-16)
@@ -12,9352 +12,9201 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6716405F" w14:textId="0D571126" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+    <w:p w14:paraId="228AD308" w14:textId="27089138" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
       <w:pPr>
         <w:ind w:left="1296" w:firstLine="1296"/>
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc196491364"/>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00212001">
+      <w:r w:rsidR="00CD15BA">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Y</w:t>
-[...11 lines deleted...]
-        <w:t>hdistysavustus</w:t>
+        <w:t>YHDISTYSAVUSTUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB0645C" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+    <w:p w14:paraId="42CEA3E6" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kunnan avustus seuralle/yhdistykselle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52082D09" w14:textId="493AB758" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA38FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">vuonna </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidRPr="00FA38FF">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
+      <w:r w:rsidR="005B16E8">
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7116B">
-[...48 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="3F9E2518" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Yksinkertainentaulukko41"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6091"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="0DF470EB" w14:textId="77777777" w:rsidTr="00814000">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="6091" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB48238" w14:textId="0CDD719D" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00541B73" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hakemus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="759CA14A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
-[...25 lines deleted...]
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TaulukkoRuudukko"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10491" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6091"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1128"/>
+        <w:gridCol w:w="2449"/>
+        <w:gridCol w:w="1396"/>
+        <w:gridCol w:w="261"/>
+        <w:gridCol w:w="1815"/>
+        <w:gridCol w:w="116"/>
+        <w:gridCol w:w="578"/>
+        <w:gridCol w:w="1041"/>
+        <w:gridCol w:w="1563"/>
+        <w:gridCol w:w="1272"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="17F2DF39" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="1CAAE8DA" w14:textId="77777777" w:rsidTr="1E9E1D03">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6091" w:type="dxa"/>
+            <w:tcW w:w="10491" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E47D63" w14:textId="1D73BE0F" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00541B73" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hakija on </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Valinta8"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kulttuurijärjestö   </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Valinta9"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nuorisojärjestö   </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Valinta10"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> liikuntajärjestö  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Valinta11"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="MS Gothic" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidR="00FA38FF" w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> muu yhdistys muu hakija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="5592FD77" w14:textId="77777777" w:rsidTr="00FA38FF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CE4DDD5" w14:textId="51501C73" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...27 lines deleted...]
-              <w:t>akemus</w:t>
+          <w:p w14:paraId="63B3BB46" w14:textId="495B3DEA" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00541B73" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hakija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="4166" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="631EF3EB" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...17 lines deleted...]
-              <w:t>vastaanotettu</w:t>
+          <w:p w14:paraId="01246299" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seura/Yhdistys/Ryhmä </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BE725DA" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="3876" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35805969" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...17 lines deleted...]
-              <w:t>kuittaus</w:t>
+          <w:p w14:paraId="1DA404B9" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Y-tunnus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3855FB35" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="570D7580" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="593816E6" w14:textId="77777777" w:rsidTr="1E9E1D03">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6091" w:type="dxa"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="03129693" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B6A4B86" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...12 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="7B273ECB" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Osoite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA0F733" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Teksti3"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="580CF8B3" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="57D3584F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61EFB7F9" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Pankki ja tilinumero (IBAN- tilinumero ja BIC- koodi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4471AD2A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Teksti4"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="068219FF" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="04ADE012" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D79BB61" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kotipaikka</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62162B7D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Teksti5"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="078F3D8B" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rekisteröitymisvuosi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D38BCE3" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Teksti6"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4570" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24B31D91" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jäsenmäärä </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Teksti7"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) jäsenmääräerittely merkitään kohtaan lisätietoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="6566F91E" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="548"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="482C08B4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C56BCA7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yhdistys tai järjestö, johon kuuluu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="069035A7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Teksti8"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="283EC495" w14:textId="77777777" w:rsidTr="00FA38FF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A6FEF9B" w14:textId="5B74B1C3" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="008C0EC7" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yhteyshenkilö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5207" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7347E2E0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Nimi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D795DA" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="149C8405" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Puhelin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="538173A8" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="2C083FDF" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0845B9" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5207" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57678985" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Osoite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A139FD0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DE6C901" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Postinumero ja -toimipaikka</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B9E80E" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="606E5BE1" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53871F3C" w14:textId="1FA8FB53" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="008C0EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>oimihenkilöt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5207" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01C616BE" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Puheenjohtaja</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2763379D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Teksti9"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24594B8B" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Puhelin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B3E53F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Teksti16"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="11899BCE" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="04C7B736" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CCC3861" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sähköpostiosoite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419BD00F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Teksti10"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="69FCDBB1" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="672AE4D5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7399A5A7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Osoite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6874F58C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Teksti11"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="13A342F5" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2484FB5B" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5207" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CAB94AC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sihteeri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D735050" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Teksti12"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BDD185B" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Puhelin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFC284E" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Teksti17"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="3A884DCD" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="794C65FA" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02F111C6" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sähköpostiosoite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75438669" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Teksti13"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="368CE74C" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1D925C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B848193" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Osoite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256BE069" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Teksti14"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="2ABCA11C" w14:textId="77777777" w:rsidTr="00FA38FF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56922F91" w14:textId="47B57EA5" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="008C0EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>oiminta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4137A92A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Toiminnan tarkoitus ja toiminnan muodot</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F6181C8" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="Teksti19"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="0DBA278A" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="217D85A4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="677CAF94" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Toimintapaikat (lukumäärä ja alueellinen jakauma)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3568BA27" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Teksti20"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="574DBD13" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="735"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="398B838B" w14:textId="6861C32C" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="008C0EC7" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Haettava avustus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38423DFE" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60511296" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2142F21D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="204F1269" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="148211C0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CEFB0CA" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="725E1E81" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FC53500" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B8EF778" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66B8B8D1" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57971E70" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B7799D5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Muualta saatu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165576D8" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>avustus,euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BCF69C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Haetaan, euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="1B2BE4A1" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5B6C26" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A50DD60" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Toiminta-avustus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B49711C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="Teksti21"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8512B7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Teksti23"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="3FE4DC91" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEEA869" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47BFBFA0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kulttuuritoimen avustus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22274427" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="576E5CA4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="6664CB22" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="49EE6A1C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A69A04B" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Nuorisotoimen avustus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21373B35" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE7318D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="770423EC" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="43D1BA2F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FE066F4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Liikuntatoimen avustus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDA7C3A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDC91E3" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ED5A2FB" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74DA5823" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77743890" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40AAE446" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="62781857" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74E31469" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4692EDC4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Suunnitelma avustuksen käytöstä</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB84828" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti35"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B4D2BC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41057CF1" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A971321" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60C589D7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1545E76F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35CC3723" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="766BFAD3" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27826AF0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="514D3D72" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B3B2A77" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Valinta7"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jatkuu erillisellä liitteellä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D8C7DC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="1BA65E0E" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="344A9E25" w14:textId="2EB42A93" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00B42CA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>dellisenä vuonna saa</w:t>
+            </w:r>
+            <w:r w:rsidR="0019529B">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>dut avustukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA1B16E" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Avustuslaji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F20A772" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12C49C21" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="3326AC75" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5872FE2D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E8DDBF0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yleisavustus ja toiminta-avustus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="333B6CFD" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti37"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="Teksti37"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D107D8" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti28"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="Teksti28"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="3C8BF28C" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB2C6D0" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E82103F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kulttuuritoimen avustukset</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB6364C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DF3BA" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Teksti29"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="59BD1885" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE4C5BD" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6682DE8A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Liikuntatoimen perusavustukset</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45A05024" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="322F4028" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Teksti30"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="0FAFCEC5" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="466285ED" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CB8A63F" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Liikuntatoimen muut avustukset</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62CE8DDC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29251BFF" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Teksti31"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="592328D0" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="669C19D4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D97D80C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Nuorisotoimen avustukset</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15480BC5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F83C04" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="29" w:name="Teksti32"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...47 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="29"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="7D9C3994" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="34E198B7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DAC8690" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Muualta saadut avustukset</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB3133C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17E027E7" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...16 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="66F5C53A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...6 lines deleted...]
-                <w:u w:val="single"/>
+            <w:bookmarkStart w:id="30" w:name="Teksti33"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...16 lines deleted...]
-                <w:u w:val="single"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...52 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...16 lines deleted...]
-                <w:u w:val="single"/>
+            <w:bookmarkEnd w:id="30"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="67734E1A" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6D59D81A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6770" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC448AB" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                                                                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47249F43" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Avustuksia yhteensä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FEB0B1" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FCD70F5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...6 lines deleted...]
-                <w:u w:val="single"/>
+            <w:bookmarkStart w:id="31" w:name="Teksti34"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...16 lines deleted...]
-                <w:u w:val="single"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...52 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...129 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="50B80F6E" w14:textId="77777777" w:rsidTr="1E9E1D03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4D883940" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D6782B1" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...89 lines deleted...]
-          <w:p w14:paraId="38B83EA6" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+          <w:p w14:paraId="7E09251D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
-[...6274 lines deleted...]
-                <w:noProof w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Valinta5"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="32" w:name="Valinta5"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Käyttötilitys avustuksen käytöstä on toimitettu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50711CE2" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+          <w:p w14:paraId="3FE1B3B5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
-[...8 lines deleted...]
-                <w:noProof w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Valinta6"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="33" w:name="Valinta6"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Käyttötilitys on tämän hakemuksen liitteenä</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="6E2CCE0B" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="236178F7" w14:textId="77777777" w:rsidTr="0019529B">
+        <w:trPr>
+          <w:trHeight w:val="2171"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-[...46 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47E97501" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...12 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="4034BF49" w14:textId="563123F9" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="0019529B" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019529B">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Lisätietoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="429B2292" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Esim. nuorisoyhdistyksen jäsenmäärä: alle 29-vuotiaat ja muut)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="623A8EB0" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...12 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="548A06B7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Teksti35"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="34" w:name="Teksti35"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...47 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="34"/>
+          </w:p>
+          <w:p w14:paraId="4E3085DA" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="368BE133" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F4B35AC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7356E0A5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66F51FFC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64D90519" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74A58844" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D698008" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jatkuu erillisellä liitteellä</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="76EE25C3" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="4BC47DE0" w14:textId="77777777" w:rsidTr="00FA38FF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3951170D" w14:textId="17CC549D" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...28 lines deleted...]
-              <w:t>iitteet</w:t>
+          <w:p w14:paraId="6D6A6F33" w14:textId="6481AE51" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="0019529B" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Liitteet</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="07DCFFB7" w14:textId="77777777" w:rsidTr="00A7116B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="292B9417" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+          <w:p w14:paraId="2738DEB5" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
-[...8 lines deleted...]
-                <w:noProof w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Valinta1"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="35" w:name="Valinta1"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Toimintakertomus, tilinpäätös ja tilintarkastuskertomus edelliseltä vuodelta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="02262E31" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="4BD61E53" w14:textId="77777777" w:rsidTr="1E9E1D03">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1DD616" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="444ABC4A" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+          <w:p w14:paraId="2FAAF06C" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
-[...8 lines deleted...]
-                <w:noProof w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Valinta2"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="36" w:name="Valinta2"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Toimintasuunnitelma ja talousarvio sille kaudelle, jolle avustusta haetaan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="1A599058" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="03305896" w14:textId="77777777" w:rsidTr="1E9E1D03">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="70562DBE" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC6AFF9" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+          <w:p w14:paraId="3525B8D3" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
-[...8 lines deleted...]
-                <w:noProof w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Valinta3"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="37" w:name="Valinta3"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">   Yhdistyksen säännöt (uuden hakijan ollessa kyseessä: myöhemmin tulee ilmoittaa muutoksista)</w:t>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Yhdistyksen säännöt ja yhdistysrekisteriote (uuden hakijan ollessa kyseessä, myöhemmin tulee ilmoittaa muutoksista)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="0D299373" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="490D2AF6" w14:textId="77777777" w:rsidTr="1E9E1D03">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="70C3357A" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8042" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="790342E0" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+          <w:p w14:paraId="0BE77200" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
-[...8 lines deleted...]
-                <w:noProof w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Valinta4"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="38" w:name="Valinta4"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Teksti39"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="39" w:name="Teksti39"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...47 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="19CCD699" w14:textId="77777777" w:rsidTr="00A7116B">
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="634FEEE5" w14:textId="77777777" w:rsidTr="00FA38FF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F0A50DD" w14:textId="64480EA9" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="008649FE" w:rsidP="00A7116B">
-[...4 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="19360BB7" w14:textId="3AB368BB" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="0019529B" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
-                <w:noProof w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Allekirjoitukset</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w14:paraId="78BB5F8D" w14:textId="77777777" w:rsidTr="00A7116B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2962" w:type="dxa"/>
+            <w:tcW w:w="1657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62517AC8" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...12 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="496C37FB" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Paikka</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AE02445" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...23 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="57AC837B" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="103CE3B9" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Teksti44"/>
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:bookmarkStart w:id="40" w:name="Teksti44"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...11 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...47 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6646" w:type="dxa"/>
+            <w:tcW w:w="6385" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AF8E21D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Allekirjoitus ja nimen selvennys</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="090724F7" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7221D492" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>______________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E4D1C3" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w14:paraId="48A49225" w14:textId="77777777" w:rsidTr="00FA38FF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C8CA4DB" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B0B9FE" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...90 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="0A9D1AFC" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Päivämäärä</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06F1EF36" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...3 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="4820FC94" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A7295EE" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...12 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="34869B19" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
+            <w:r w:rsidRPr="00FA38FF">
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
+            <w:r w:rsidRPr="00FA38FF">
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
+            <w:r w:rsidRPr="00FA38FF">
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
+            <w:r w:rsidRPr="00FA38FF">
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
+            <w:r w:rsidRPr="00FA38FF">
               <w:rPr>
                 <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A7116B">
-[...255 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6646" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6385" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68EE7E7C" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...35 lines deleted...]
-                <w:noProof w:val="0"/>
+          <w:p w14:paraId="2AF8E60D" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Asema seurassa/yhdistyksessä</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299E3DA4" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36AF89E8" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="A6A6A6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7116B">
-[...2 lines deleted...]
-                <w:noProof w:val="0"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
                 <w:color w:val="A6A6A6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti45"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="41" w:name="Teksti45"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="41"/>
+            <w:r w:rsidRPr="00FA38FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>______________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02075513" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
-[...4 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w14:paraId="074A4E25" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist"/>
+                <w:color w:val="A6A6A6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="2C1A27C2" w14:textId="77777777" w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidRDefault="00A7116B" w:rsidP="00A7116B">
+    <w:p w14:paraId="6C8771D3" w14:textId="77777777" w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidRDefault="00FA38FF" w:rsidP="00FA38FF">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Geomanist" w:eastAsia="Calibri" w:hAnsi="Geomanist" w:cs="Arial"/>
-          <w:noProof w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A7116B" w:rsidRPr="00A7116B" w:rsidSect="00A86FDA">
+    <w:sectPr w:rsidR="00FA38FF" w:rsidRPr="00FA38FF" w:rsidSect="00A86FDA">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1820" w:right="1134" w:bottom="2510" w:left="1134" w:header="709" w:footer="806" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56EEE4D3" w14:textId="77777777" w:rsidR="007972F3" w:rsidRDefault="007972F3" w:rsidP="00666E16">
+    <w:p w14:paraId="241CD421" w14:textId="77777777" w:rsidR="00797FC6" w:rsidRDefault="00797FC6" w:rsidP="00666E16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51553FED" w14:textId="77777777" w:rsidR="007972F3" w:rsidRDefault="007972F3" w:rsidP="00666E16">
+    <w:p w14:paraId="6264DB46" w14:textId="77777777" w:rsidR="00797FC6" w:rsidRDefault="00797FC6" w:rsidP="00666E16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Glora SemiBold">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000000F" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Geomanist">
-    <w:panose1 w:val="02000503040000020004"/>
+    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Otsikot, muut">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="GEOMANIST-BOOK">
     <w:altName w:val="Geomanist"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000002F" w:usb1="1000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="GEOMANIST-MEDIUM">
     <w:altName w:val="Geomanist"/>
@@ -9396,50 +9245,58 @@
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000002F" w:usb1="1000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:id w:val="-89313139"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="795BB1CD" w14:textId="7D493A87" w:rsidR="00C513FE" w:rsidRDefault="00C513FE" w:rsidP="0062106C">
         <w:pPr>
           <w:pStyle w:val="Alatunniste"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Sivunumero"/>
           </w:rPr>
         </w:pPr>
@@ -9465,51 +9322,51 @@
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="15730A38" w14:textId="77777777" w:rsidR="00C513FE" w:rsidRDefault="00C513FE" w:rsidP="00C513FE">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="581FC4D7" w14:textId="0A2DC10B" w:rsidR="00FC7705" w:rsidRDefault="008878F0" w:rsidP="00C513FE">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79C0A153" wp14:editId="4752C643">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79C0A153" wp14:editId="4752C643">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5383530</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-279400</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1092835" cy="604520"/>
               <wp:effectExtent l="0" t="0" r="0" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="333892844" name="Tekstiruutu 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1092835" cy="604520"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -9552,414 +9409,356 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="79C0A153" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:423.9pt;margin-top:-22pt;width:86.05pt;height:47.6pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/HdydEAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fSTAqNqIULFWTJNQ&#10;W4lOfTaOTSI5vt61IWG/fteGwNTtadqLc+P7fc7x/L5vDTso9A3Yko9HOWfKSqgauyv599fVp1vO&#10;fBC2EgasKvlReX6/+Phh3rlCTaAGUylkVMT6onMlr0NwRZZ5WatW+BE4ZcmpAVsR6Bd3WYWio+qt&#10;ySZ5fpN1gJVDkMp7un08Ofki1ddayfCstVeBmZLTbCGdmM5tPLPFXBQ7FK5u5HkM8Q9TtKKx1PRS&#10;6lEEwfbY/FGqbSSCBx1GEtoMtG6kSjvQNuP83TabWjiVdiFwvLvA5P9fWfl02LgXZKH/Aj0RGAHp&#10;nC88XcZ9eo1t/NKkjPwE4fECm+oDkzEpv5vcTmecSfLd5J9nk4Rrds126MNXBS2LRsmRaEloicPa&#10;B+pIoUNIbGZh1RiTqDGWdVR0OstTwsVDGcZS4nXWaIV+27OmKvl02GML1ZHWQzgx751cNTTDWvjw&#10;IpCopo1IvuGZDm2AesHZ4qwG/Pm3+xhPDJCXs46kU3L/Yy9QcWa+WeIm6mwwcDC2g2H37QOQGsf0&#10;MJxMJiVgMIOpEdo3UvUydiGXsJJ6lTwM5kM4CZhehVTLZQoiNTkR1nbjZCwdUYyIvvZvAt0Z9kCE&#10;PcEgKlG8Q/8Ue8J/uQ+gm0RNxPWE4hluUmJi7PxqotR//09R17e9+AUAAP//AwBQSwMEFAAGAAgA&#10;AAAhAE2BnUrgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAURPdI/IN1kdi1dqoAbchN&#10;hXjseBaQYOfEJomwryPbScPf465gOZrRzJlyO1vDJu1D7wghWwpgmhqnemoR3l7vFmtgIUpS0jjS&#10;CD86wLY6PiplodyeXvS0iy1LJRQKidDFOBSch6bTVoalGzQl78t5K2OSvuXKy30qt4avhDjnVvaU&#10;Fjo56OtON9+70SKYj+DvaxE/p5v2IT4/8fH9NntEPD2Zry6BRT3HvzAc8BM6VImpdiOpwAzCOr9I&#10;6BFhkefp1CEhss0GWI1wlq2AVyX//6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL8d&#10;3J0QAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AE2BnUrgAAAACwEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:423.9pt;margin-top:-22pt;width:86.05pt;height:47.6pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/HdydEAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fSTAqNqIULFWTJNQ&#10;W4lOfTaOTSI5vt61IWG/fteGwNTtadqLc+P7fc7x/L5vDTso9A3Yko9HOWfKSqgauyv599fVp1vO&#10;fBC2EgasKvlReX6/+Phh3rlCTaAGUylkVMT6onMlr0NwRZZ5WatW+BE4ZcmpAVsR6Bd3WYWio+qt&#10;ySZ5fpN1gJVDkMp7un08Ofki1ddayfCstVeBmZLTbCGdmM5tPLPFXBQ7FK5u5HkM8Q9TtKKx1PRS&#10;6lEEwfbY/FGqbSSCBx1GEtoMtG6kSjvQNuP83TabWjiVdiFwvLvA5P9fWfl02LgXZKH/Aj0RGAHp&#10;nC88XcZ9eo1t/NKkjPwE4fECm+oDkzEpv5vcTmecSfLd5J9nk4Rrds126MNXBS2LRsmRaEloicPa&#10;B+pIoUNIbGZh1RiTqDGWdVR0OstTwsVDGcZS4nXWaIV+27OmKvl02GML1ZHWQzgx751cNTTDWvjw&#10;IpCopo1IvuGZDm2AesHZ4qwG/Pm3+xhPDJCXs46kU3L/Yy9QcWa+WeIm6mwwcDC2g2H37QOQGsf0&#10;MJxMJiVgMIOpEdo3UvUydiGXsJJ6lTwM5kM4CZhehVTLZQoiNTkR1nbjZCwdUYyIvvZvAt0Z9kCE&#10;PcEgKlG8Q/8Ue8J/uQ+gm0RNxPWE4hluUmJi7PxqotR//09R17e9+AUAAP//AwBQSwMEFAAGAAgA&#10;AAAhAE2BnUrgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAURPdI/IN1kdi1dqoAbchN&#10;hXjseBaQYOfEJomwryPbScPf465gOZrRzJlyO1vDJu1D7wghWwpgmhqnemoR3l7vFmtgIUpS0jjS&#10;CD86wLY6PiplodyeXvS0iy1LJRQKidDFOBSch6bTVoalGzQl78t5K2OSvuXKy30qt4avhDjnVvaU&#10;Fjo56OtON9+70SKYj+DvaxE/p5v2IT4/8fH9NntEPD2Zry6BRT3HvzAc8BM6VImpdiOpwAzCOr9I&#10;6BFhkefp1CEhss0GWI1wlq2AVyX//6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL8d&#10;3J0QAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AE2BnUrgAAAACwEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="62980D08" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00724BD0" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00724BD0">
                       <w:t>p. 08 558 71300</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="7E38D673" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00724BD0" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00724BD0">
                       <w:t>kunta@tyrnava.fi</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="65880538" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00724BD0" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00724BD0">
                       <w:t>tyrnava.fi</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="7C1346F0" w14:textId="1EDEC0D2" w:rsidR="00B4740F" w:rsidRPr="00724BD0" w:rsidRDefault="00B4740F" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1370F157" wp14:editId="68B0A0C3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1370F157" wp14:editId="68B0A0C3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4111625</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-280035</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1160585" cy="604520"/>
               <wp:effectExtent l="0" t="0" r="8255" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="1203751880" name="Tekstiruutu 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1160585" cy="604520"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="5BF9B029" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00B4740F" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                             <w:rPr>
                               <w:rFonts w:ascii="GEOMANIST-BOOK" w:hAnsi="GEOMANIST-BOOK"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00B4740F">
                             <w:rPr>
                               <w:rFonts w:ascii="GEOMANIST-BOOK" w:hAnsi="GEOMANIST-BOOK"/>
                             </w:rPr>
-                            <w:t>Tyrnävän</w:t>
+                            <w:t>Tyrnävän kunta</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
                         <w:p w14:paraId="14E7F6AE" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00B4740F" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00B4740F">
-                            <w:t>Kunnankuja</w:t>
-[...3 lines deleted...]
-                            <w:t xml:space="preserve"> 4</w:t>
+                            <w:t>Kunnankuja 4</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="21EF2643" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00B4740F" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00B4740F">
                             <w:t>91800 Tyrnävä</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="1CF2C699" w14:textId="70CF4E3F" w:rsidR="00B4740F" w:rsidRPr="00B4740F" w:rsidRDefault="00B4740F" w:rsidP="00B4740F">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="1370F157" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:323.75pt;margin-top:-22.05pt;width:91.4pt;height:47.6pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3sC0xEAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11r2zAUfR/sPwi9L3ayphQTp2QtGYPQ&#10;FtLRZ0WWYoOsq10psbNfvys5Tka3p7EX+Vr3+5yjxX3fGnZU6BuwJZ9Ocs6UlVA1dl/y76/rT3ec&#10;+SBsJQxYVfKT8vx++fHDonOFmkENplLIqIj1RedKXofgiizzslat8BNwypJTA7Yi0C/uswpFR9Vb&#10;k83y/DbrACuHIJX3dPs4OPky1ddayfCstVeBmZLTbCGdmM5dPLPlQhR7FK5u5HkM8Q9TtKKx1PRS&#10;6lEEwQ7Y/FGqbSSCBx0mEtoMtG6kSjvQNtP83TbbWjiVdiFwvLvA5P9fWfl03LoXZKH/Aj0RGAHp&#10;nC88XcZ9eo1t/NKkjPwE4ekCm+oDkzFpepvP7+acSfLd5jfzWcI1u2Y79OGrgpZFo+RItCS0xHHj&#10;A3Wk0DEkNrOwboxJ1BjLOir6eZ6nhIuHMoylxOus0Qr9rmdNVfKbcY8dVCdaD2Fg3ju5bmiGjfDh&#10;RSBRTRuRfMMzHdoA9YKzxVkN+PNv9zGeGCAvZx1Jp+T+x0Gg4sx8s8RN1Nlo4GjsRsMe2gcgNU7p&#10;YTiZTErAYEZTI7RvpOpV7EIuYSX1KnkYzYcwCJhehVSrVQoiNTkRNnbrZCwdUYyIvvZvAt0Z9kCE&#10;PcEoKlG8Q3+IHfBfHQLoJlETcR1QPMNNSkyMnV9NlPrv/ynq+raXvwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGf3c2vgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa2zQtVcik&#10;Qjx2PAtIsHNik0TE48h20vD3mBUsR/fo3jPFbrY9m4wPnSMEuRTADNVOd9QgvL7cLrbAQlSkVe/I&#10;IHybALvy+KhQuXYHejbTPjYslVDIFUIb45BzHurWWBWWbjCUsk/nrYrp9A3XXh1Sue35mRAbblVH&#10;aaFVg7lqTf21Hy1C/x78XSXix3Td3MenRz6+3cgHxNOT+fICWDRz/IPhVz+pQ5mcKjeSDqxH2GTn&#10;64QiLLJMAkvEdiVWwCqEtZTAy4L/f6H8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADew&#10;LTEQAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGf3c2vgAAAACgEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1370F157" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:323.75pt;margin-top:-22.05pt;width:91.4pt;height:47.6pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3sC0xEAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11r2zAUfR/sPwi9L3ayphQTp2QtGYPQ&#10;FtLRZ0WWYoOsq10psbNfvys5Tka3p7EX+Vr3+5yjxX3fGnZU6BuwJZ9Ocs6UlVA1dl/y76/rT3ec&#10;+SBsJQxYVfKT8vx++fHDonOFmkENplLIqIj1RedKXofgiizzslat8BNwypJTA7Yi0C/uswpFR9Vb&#10;k83y/DbrACuHIJX3dPs4OPky1ddayfCstVeBmZLTbCGdmM5dPLPlQhR7FK5u5HkM8Q9TtKKx1PRS&#10;6lEEwQ7Y/FGqbSSCBx0mEtoMtG6kSjvQNtP83TbbWjiVdiFwvLvA5P9fWfl03LoXZKH/Aj0RGAHp&#10;nC88XcZ9eo1t/NKkjPwE4ekCm+oDkzFpepvP7+acSfLd5jfzWcI1u2Y79OGrgpZFo+RItCS0xHHj&#10;A3Wk0DEkNrOwboxJ1BjLOir6eZ6nhIuHMoylxOus0Qr9rmdNVfKbcY8dVCdaD2Fg3ju5bmiGjfDh&#10;RSBRTRuRfMMzHdoA9YKzxVkN+PNv9zGeGCAvZx1Jp+T+x0Gg4sx8s8RN1Nlo4GjsRsMe2gcgNU7p&#10;YTiZTErAYEZTI7RvpOpV7EIuYSX1KnkYzYcwCJhehVSrVQoiNTkRNnbrZCwdUYyIvvZvAt0Z9kCE&#10;PcEoKlG8Q3+IHfBfHQLoJlETcR1QPMNNSkyMnV9NlPrv/ynq+raXvwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGf3c2vgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa2zQtVcik&#10;Qjx2PAtIsHNik0TE48h20vD3mBUsR/fo3jPFbrY9m4wPnSMEuRTADNVOd9QgvL7cLrbAQlSkVe/I&#10;IHybALvy+KhQuXYHejbTPjYslVDIFUIb45BzHurWWBWWbjCUsk/nrYrp9A3XXh1Sue35mRAbblVH&#10;aaFVg7lqTf21Hy1C/x78XSXix3Td3MenRz6+3cgHxNOT+fICWDRz/IPhVz+pQ5mcKjeSDqxH2GTn&#10;64QiLLJMAkvEdiVWwCqEtZTAy4L/f6H8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADew&#10;LTEQAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGf3c2vgAAAACgEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5BF9B029" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00B4740F" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                       <w:rPr>
                         <w:rFonts w:ascii="GEOMANIST-BOOK" w:hAnsi="GEOMANIST-BOOK"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00B4740F">
                       <w:rPr>
                         <w:rFonts w:ascii="GEOMANIST-BOOK" w:hAnsi="GEOMANIST-BOOK"/>
                       </w:rPr>
-                      <w:t>Tyrnävän</w:t>
+                      <w:t>Tyrnävän kunta</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                   <w:p w14:paraId="14E7F6AE" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00B4740F" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00B4740F">
-                      <w:t>Kunnankuja</w:t>
-[...3 lines deleted...]
-                      <w:t xml:space="preserve"> 4</w:t>
+                      <w:t>Kunnankuja 4</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="21EF2643" w14:textId="77777777" w:rsidR="00724BD0" w:rsidRPr="00B4740F" w:rsidRDefault="00724BD0" w:rsidP="00724BD0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00B4740F">
                       <w:t>91800 Tyrnävä</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="1CF2C699" w14:textId="70CF4E3F" w:rsidR="00B4740F" w:rsidRPr="00B4740F" w:rsidRDefault="00B4740F" w:rsidP="00B4740F">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00215D2D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0366D5B6" wp14:editId="54D812EC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0366D5B6" wp14:editId="54D812EC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>2513965</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-280670</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1092835" cy="170180"/>
               <wp:effectExtent l="0" t="0" r="0" b="7620"/>
               <wp:wrapNone/>
               <wp:docPr id="127612712" name="Tekstiruutu 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1092835" cy="170180"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="2C489A51" w14:textId="77777777" w:rsidR="008878F0" w:rsidRPr="0012485D" w:rsidRDefault="008878F0" w:rsidP="008878F0">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r w:rsidRPr="0012485D">
-                            <w:t>Y-</w:t>
-[...7 lines deleted...]
-                            <w:t xml:space="preserve"> 0190140-9</w:t>
+                            <w:t>Y-tunnus 0190140-9</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="7854E49F" w14:textId="77777777" w:rsidR="008878F0" w:rsidRPr="0012485D" w:rsidRDefault="008878F0" w:rsidP="008878F0">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                         </w:p>
                         <w:p w14:paraId="725B9C7D" w14:textId="77777777" w:rsidR="00B4740F" w:rsidRPr="008878F0" w:rsidRDefault="00B4740F" w:rsidP="00215D2D">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:color w:val="FF0000"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="0366D5B6" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:197.95pt;margin-top:-22.1pt;width:86.05pt;height:13.4pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4GnplEQIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fSRQ0dGIULFWTJNQ&#10;W4lOfTaOTSI5vt61IWG/fteGwNTtadqLc+P7fc7x/L5vDTso9A3Yko9HOWfKSqgauyv599fVpxln&#10;PghbCQNWlfyoPL9ffPww71yhJlCDqRQyKmJ90bmS1yG4Isu8rFUr/AicsuTUgK0I9Iu7rELRUfXW&#10;ZJM8v806wMohSOU93T6enHyR6mutZHjW2qvATMlptpBOTOc2ntliLoodClc38jyG+IcpWtFYanop&#10;9SiCYHts/ijVNhLBgw4jCW0GWjdSpR1om3H+bptNLZxKuxA43l1g8v+vrHw6bNwLstB/gZ4IjIB0&#10;zheeLuM+vcY2fmlSRn6C8HiBTfWByZiU301mN1POJPnGn/PxLOGaXbMd+vBVQcuiUXIkWhJa4rD2&#10;gTpS6BASm1lYNcYkaoxlXclvb6Z5Srh4KMNYSrzOGq3Qb3vWVCWfDntsoTrSeggn5r2Tq4ZmWAsf&#10;XgQS1bQRyTc806ENUC84W5zVgD//dh/jiQHyctaRdEruf+wFKs7MN0vcRJ0NBg7GdjDsvn0AUuOY&#10;HoaTyaQEDGYwNUL7Rqpexi7kElZSr5KHwXwIJwHTq5BquUxBpCYnwtpunIylI4oR0df+TaA7wx6I&#10;sCcYRCWKd+ifYk/4L/cBdJOoibieUDzDTUpMjJ1fTZT67/8p6vq2F78AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBkHvJT4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWiclfYU4&#10;FeKx49UCEuyc2CQR9jiynTT8PcMKljNzdOfcYjdZw0btQ+dQQDpPgGmsneqwEfD6cjfbAAtRopLG&#10;oRbwrQPsytOTQubKHXGvx0NsGIVgyKWANsY+5zzUrbYyzF2vkW6fzlsZafQNV14eKdwavkiSFbey&#10;Q/rQyl5ft7r+OgxWgHkP/r5K4sd40zzE5yc+vN2mj0Kcn01Xl8CinuIfDL/6pA4lOVVuQBWYEXCx&#10;XW4JFTDLsgUwIparDbWraJOuM+Blwf93KH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;OBp6ZRECAAAjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAZB7yU+EAAAALAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="0366D5B6" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:197.95pt;margin-top:-22.1pt;width:86.05pt;height:13.4pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4GnplEQIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fSRQ0dGIULFWTJNQ&#10;W4lOfTaOTSI5vt61IWG/fteGwNTtadqLc+P7fc7x/L5vDTso9A3Yko9HOWfKSqgauyv599fVpxln&#10;PghbCQNWlfyoPL9ffPww71yhJlCDqRQyKmJ90bmS1yG4Isu8rFUr/AicsuTUgK0I9Iu7rELRUfXW&#10;ZJM8v806wMohSOU93T6enHyR6mutZHjW2qvATMlptpBOTOc2ntliLoodClc38jyG+IcpWtFYanop&#10;9SiCYHts/ijVNhLBgw4jCW0GWjdSpR1om3H+bptNLZxKuxA43l1g8v+vrHw6bNwLstB/gZ4IjIB0&#10;zheeLuM+vcY2fmlSRn6C8HiBTfWByZiU301mN1POJPnGn/PxLOGaXbMd+vBVQcuiUXIkWhJa4rD2&#10;gTpS6BASm1lYNcYkaoxlXclvb6Z5Srh4KMNYSrzOGq3Qb3vWVCWfDntsoTrSeggn5r2Tq4ZmWAsf&#10;XgQS1bQRyTc806ENUC84W5zVgD//dh/jiQHyctaRdEruf+wFKs7MN0vcRJ0NBg7GdjDsvn0AUuOY&#10;HoaTyaQEDGYwNUL7Rqpexi7kElZSr5KHwXwIJwHTq5BquUxBpCYnwtpunIylI4oR0df+TaA7wx6I&#10;sCcYRCWKd+ifYk/4L/cBdJOoibieUDzDTUpMjJ1fTZT67/8p6vq2F78AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBkHvJT4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWiclfYU4&#10;FeKx49UCEuyc2CQR9jiynTT8PcMKljNzdOfcYjdZw0btQ+dQQDpPgGmsneqwEfD6cjfbAAtRopLG&#10;oRbwrQPsytOTQubKHXGvx0NsGIVgyKWANsY+5zzUrbYyzF2vkW6fzlsZafQNV14eKdwavkiSFbey&#10;Q/rQyl5ft7r+OgxWgHkP/r5K4sd40zzE5yc+vN2mj0Kcn01Xl8CinuIfDL/6pA4lOVVuQBWYEXCx&#10;XW4JFTDLsgUwIparDbWraJOuM+Blwf93KH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;OBp6ZRECAAAjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAZB7yU+EAAAALAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="2C489A51" w14:textId="77777777" w:rsidR="008878F0" w:rsidRPr="0012485D" w:rsidRDefault="008878F0" w:rsidP="008878F0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r w:rsidRPr="0012485D">
-                      <w:t>Y-</w:t>
-[...7 lines deleted...]
-                      <w:t xml:space="preserve"> 0190140-9</w:t>
+                      <w:t>Y-tunnus 0190140-9</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="7854E49F" w14:textId="77777777" w:rsidR="008878F0" w:rsidRPr="0012485D" w:rsidRDefault="008878F0" w:rsidP="008878F0">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="725B9C7D" w14:textId="77777777" w:rsidR="00B4740F" w:rsidRPr="008878F0" w:rsidRDefault="00B4740F" w:rsidP="00215D2D">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:color w:val="FF0000"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FF2ECD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74141684" wp14:editId="03B4BF17">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74141684" wp14:editId="03B4BF17">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-226695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1915200" cy="280800"/>
           <wp:effectExtent l="0" t="0" r="2540" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1390180152" name="Kuva 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1390180152" name="Kuva 1390180152"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -9977,51 +9776,51 @@
                     <a:ext cx="1915200" cy="280800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0012485D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28664A9F" wp14:editId="48138755">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28664A9F" wp14:editId="48138755">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>357505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-551815</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6839585" cy="18000"/>
               <wp:effectExtent l="0" t="0" r="5715" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1442246553" name="Suorakulmio 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6839585" cy="18000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
@@ -10045,72 +9844,72 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="0D7568A3" id="Suorakulmio 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:28.15pt;margin-top:-43.45pt;width:538.55pt;height:1.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMQ6UbcgIAAGEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jSUVYqUlSBmCYh&#10;hgYTz8axiSXH553dpt1fv7PTpgzQJk17SXy+7359vruz801n2VphMOBqXh2VnCknoTHuqebf768+&#10;zDgLUbhGWHCq5lsV+Pni/buz3s/VBFqwjUJGTlyY977mbYx+XhRBtqoT4Qi8cqTUgJ2IJOJT0aDo&#10;yXtni0lZnhQ9YOMRpAqBbi8HJV9k/1orGb9qHVRktuaUW8xfzN/H9C0WZ2L+hMK3Ru7SEP+QRSeM&#10;o6Cjq0sRBVuheeWqMxIhgI5HEroCtDZS5Rqomqp8Uc1dK7zKtRA5wY80hf/nVt6s7/wtEg29D/NA&#10;x1TFRmOX/pQf22SytiNZahOZpMuT2cfT6WzKmSRdNSvLTGZxMPYY4mcFHUuHmiO9RaZIrK9DpIAE&#10;3UNSrADWNFfG2iyk91cXFtla0MsJKZWLVXotsvoNaV3CO0iWgzrdFIdq8ilurUo4674pzUxD+U9y&#10;MrnRXgfKObSiUUP8anoob7TIuWSHCa0p/ui7+pPvIcsdPpmq3Kejcfl349EiRwYXR+POOMC3HNiR&#10;Pj3g9yQN1CSWHqHZ3iJDGKYkeHll6OmuRYi3AmksaIBo1ONX+mgLfc1hd+KsBfz51n3CU7eSlrOe&#10;xqzm4cdKoOLMfnHUx6fV8XGayywcTz9NSMDnmsfnGrfqLoD6oaKl4mU+Jny0+6NG6B5oIyxTVFIJ&#10;Jyl2zWXEvXARh/GnnSLVcplhNItexGt352VynlhNrXm/eRDod/0bqfFvYD+SYv6ijQdssnSwXEXQ&#10;Jvf4gdcd3zTHuXF2OyctiudyRh024+IXAAAA//8DAFBLAwQUAAYACAAAACEAcVsYT+EAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbltaMsooTadp0i4IIVHYgVvWmKbQOFWT&#10;dYWnJz3B0fan399fbCbbsREH3zqSkC4TYEi10y01Et5e94s1MB8UadU5Qgnf6GFTXl4UKtfuTC84&#10;VqFhMYR8riSYEPqcc18btMovXY8Ubx9usCrEcWi4HtQ5htuO3yRJxq1qKX4wqsedwfqrOlkJj593&#10;ojLjdvwRz3gw7vD0vt95Ka+vpu0DsIBT+INh1o/qUEanozuR9qyTcJuJSEpYrLN7YDOQCrECdpxX&#10;qxR4WfD/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMxDpRtyAgAAYQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHFbGE/hAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" fillcolor="#f7a600 [3204]" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="4FEF8E66" id="Suorakulmio 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:28.15pt;margin-top:-43.45pt;width:538.55pt;height:1.4pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMQ6UbcgIAAGEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jSUVYqUlSBmCYh&#10;hgYTz8axiSXH553dpt1fv7PTpgzQJk17SXy+7359vruz801n2VphMOBqXh2VnCknoTHuqebf768+&#10;zDgLUbhGWHCq5lsV+Pni/buz3s/VBFqwjUJGTlyY977mbYx+XhRBtqoT4Qi8cqTUgJ2IJOJT0aDo&#10;yXtni0lZnhQ9YOMRpAqBbi8HJV9k/1orGb9qHVRktuaUW8xfzN/H9C0WZ2L+hMK3Ru7SEP+QRSeM&#10;o6Cjq0sRBVuheeWqMxIhgI5HEroCtDZS5Rqomqp8Uc1dK7zKtRA5wY80hf/nVt6s7/wtEg29D/NA&#10;x1TFRmOX/pQf22SytiNZahOZpMuT2cfT6WzKmSRdNSvLTGZxMPYY4mcFHUuHmiO9RaZIrK9DpIAE&#10;3UNSrADWNFfG2iyk91cXFtla0MsJKZWLVXotsvoNaV3CO0iWgzrdFIdq8ilurUo4674pzUxD+U9y&#10;MrnRXgfKObSiUUP8anoob7TIuWSHCa0p/ui7+pPvIcsdPpmq3Kejcfl349EiRwYXR+POOMC3HNiR&#10;Pj3g9yQN1CSWHqHZ3iJDGKYkeHll6OmuRYi3AmksaIBo1ONX+mgLfc1hd+KsBfz51n3CU7eSlrOe&#10;xqzm4cdKoOLMfnHUx6fV8XGayywcTz9NSMDnmsfnGrfqLoD6oaKl4mU+Jny0+6NG6B5oIyxTVFIJ&#10;Jyl2zWXEvXARh/GnnSLVcplhNItexGt352VynlhNrXm/eRDod/0bqfFvYD+SYv6ijQdssnSwXEXQ&#10;Jvf4gdcd3zTHuXF2OyctiudyRh024+IXAAAA//8DAFBLAwQUAAYACAAAACEAcVsYT+EAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbltaMsooTadp0i4IIVHYgVvWmKbQOFWT&#10;dYWnJz3B0fan399fbCbbsREH3zqSkC4TYEi10y01Et5e94s1MB8UadU5Qgnf6GFTXl4UKtfuTC84&#10;VqFhMYR8riSYEPqcc18btMovXY8Ubx9usCrEcWi4HtQ5htuO3yRJxq1qKX4wqsedwfqrOlkJj593&#10;ojLjdvwRz3gw7vD0vt95Ka+vpu0DsIBT+INh1o/qUEanozuR9qyTcJuJSEpYrLN7YDOQCrECdpxX&#10;qxR4WfD/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMxDpRtyAgAAYQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHFbGE/hAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" fillcolor="#f7a600 [3204]" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B9052AD" w14:textId="77777777" w:rsidR="007972F3" w:rsidRDefault="007972F3" w:rsidP="00666E16">
+    <w:p w14:paraId="157B2603" w14:textId="77777777" w:rsidR="00797FC6" w:rsidRDefault="00797FC6" w:rsidP="00666E16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="245F70F2" w14:textId="77777777" w:rsidR="007972F3" w:rsidRDefault="007972F3" w:rsidP="00666E16">
+    <w:p w14:paraId="040FFE94" w14:textId="77777777" w:rsidR="00797FC6" w:rsidRDefault="00797FC6" w:rsidP="00666E16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:id w:val="-2038117359"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="680C89A6" w14:textId="406A260C" w:rsidR="00C513FE" w:rsidRDefault="00C513FE" w:rsidP="0092545D">
         <w:pPr>
           <w:pStyle w:val="Yltunniste"/>
@@ -10155,295 +9954,295 @@
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:id w:val="-1972895975"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="45FA3B1F" w14:textId="46EEDA63" w:rsidR="0092545D" w:rsidRDefault="0092545D" w:rsidP="0092545D">
         <w:pPr>
           <w:pStyle w:val="Headerjafootertekstit"/>
           <w:rPr>
             <w:rStyle w:val="Sivunumero"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68CF4F00" wp14:editId="725FA23E">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68CF4F00" wp14:editId="725FA23E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="page">
                     <wp:posOffset>4716780</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>414020</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2484000" cy="198000"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="5715"/>
                   <wp:wrapNone/>
                   <wp:docPr id="268798546" name="Tekstiruutu 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:wsp>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2484000" cy="198000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7F36342A" w14:textId="1BD7DF63" w:rsidR="0013574F" w:rsidRPr="00B4740F" w:rsidRDefault="0013574F" w:rsidP="00B4740F">
+                            <w:p w14:paraId="7F36342A" w14:textId="7DCCF54C" w:rsidR="0013574F" w:rsidRPr="00B4740F" w:rsidRDefault="0013574F" w:rsidP="00B4740F">
                               <w:pPr>
                                 <w:pStyle w:val="Headerjafootertekstit"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
                 <v:shapetype w14:anchorId="68CF4F00" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Tekstiruutu 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:371.4pt;margin-top:32.6pt;width:195.6pt;height:15.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA56TXnDQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayrsiMOEXWIsOA&#10;oC2QDj0rshQbkEWNUmJnXz9KjpOh22nYRaJE6pF8fFrc9a1hR4W+AVvy6STnTFkJVWP3Jf/+sv4w&#10;58wHYSthwKqSn5Tnd8v37xadK9QMajCVQkYg1hedK3kdgiuyzMtatcJPwClLTg3YikBH3GcVio7Q&#10;W5PN8vw26wArhyCV93T7MDj5MuFrrWR40tqrwEzJqbaQVkzrLq7ZciGKPQpXN/JchviHKlrRWEp6&#10;gXoQQbADNn9AtY1E8KDDREKbgdaNVKkH6maav+lmWwunUi9EjncXmvz/g5WPx617Rhb6L9DTACMh&#10;nfOFp8vYT6+xjTtVyshPFJ4utKk+MEmXs5v5TZ6TS5Jv+nkebYLJrq8d+vBVQcuiUXKksSS2xHHj&#10;wxA6hsRkFtaNMWk0xrKu5LcfP+XpwcVD4MZSjmut0Qr9rj83sIPqRH0hDCP3Tq4bSr4RPjwLpBlT&#10;vaTb8ESLNkBJ4GxxVgP+/Nt9jCfqyctZR5opuf9xEKg4M98sDSUKbDRwNHajYQ/tPZAMp/QjnEwm&#10;PcBgRlMjtK8k51XMQi5hJeUquQw4Hu7DoF36EFKtVimMhORE2NitkxE8EhjJfOlfBboz44Fm9Qij&#10;nkTxhvghdqB+dQigmzSVSOnA45lpEmGa6/nDRJX/fk5R12+9/AUAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJUm3EzhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxBSCNlUCInS&#10;IoHUlg9wYzdOE6+j2E3D3+Oe4Dia0cybYjGZjo1qcI0lhHgWAVNUWdlQjfC9e7t7BOa8ICk6Swrh&#10;RzlYlNdXhcilPdNGjVtfs1BCLhcI2vs+59xVWhnhZrZXFLyDHYzwQQ41l4M4h3LT8SSKMm5EQ2FB&#10;i169alW125NBWDaHePc1tnWv2/X78mP1eVwdPeLtzfTyDMyryf+F4YIf0KEMTHt7IulYhzBPk4Du&#10;EbKHBNglEN+n4d0e4SlLgZcF/3+h/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA56TXn&#10;DQIAAB4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCV&#10;JtxM4QAAAAoBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:shape id="Tekstiruutu 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:371.4pt;margin-top:32.6pt;width:195.6pt;height:15.6pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA56TXnDQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayrsiMOEXWIsOA&#10;oC2QDj0rshQbkEWNUmJnXz9KjpOh22nYRaJE6pF8fFrc9a1hR4W+AVvy6STnTFkJVWP3Jf/+sv4w&#10;58wHYSthwKqSn5Tnd8v37xadK9QMajCVQkYg1hedK3kdgiuyzMtatcJPwClLTg3YikBH3GcVio7Q&#10;W5PN8vw26wArhyCV93T7MDj5MuFrrWR40tqrwEzJqbaQVkzrLq7ZciGKPQpXN/JchviHKlrRWEp6&#10;gXoQQbADNn9AtY1E8KDDREKbgdaNVKkH6maav+lmWwunUi9EjncXmvz/g5WPx617Rhb6L9DTACMh&#10;nfOFp8vYT6+xjTtVyshPFJ4utKk+MEmXs5v5TZ6TS5Jv+nkebYLJrq8d+vBVQcuiUXKksSS2xHHj&#10;wxA6hsRkFtaNMWk0xrKu5LcfP+XpwcVD4MZSjmut0Qr9rj83sIPqRH0hDCP3Tq4bSr4RPjwLpBlT&#10;vaTb8ESLNkBJ4GxxVgP+/Nt9jCfqyctZR5opuf9xEKg4M98sDSUKbDRwNHajYQ/tPZAMp/QjnEwm&#10;PcBgRlMjtK8k51XMQi5hJeUquQw4Hu7DoF36EFKtVimMhORE2NitkxE8EhjJfOlfBboz44Fm9Qij&#10;nkTxhvghdqB+dQigmzSVSOnA45lpEmGa6/nDRJX/fk5R12+9/AUAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJUm3EzhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxBSCNlUCInS&#10;IoHUlg9wYzdOE6+j2E3D3+Oe4Dia0cybYjGZjo1qcI0lhHgWAVNUWdlQjfC9e7t7BOa8ICk6Swrh&#10;RzlYlNdXhcilPdNGjVtfs1BCLhcI2vs+59xVWhnhZrZXFLyDHYzwQQ41l4M4h3LT8SSKMm5EQ2FB&#10;i169alW125NBWDaHePc1tnWv2/X78mP1eVwdPeLtzfTyDMyryf+F4YIf0KEMTHt7IulYhzBPk4Du&#10;EbKHBNglEN+n4d0e4SlLgZcF/3+h/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA56TXn&#10;DQIAAB4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCV&#10;JtxM4QAAAAoBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="7F36342A" w14:textId="1BD7DF63" w:rsidR="0013574F" w:rsidRPr="00B4740F" w:rsidRDefault="0013574F" w:rsidP="00B4740F">
+                      <w:p w14:paraId="7F36342A" w14:textId="7DCCF54C" w:rsidR="0013574F" w:rsidRPr="00B4740F" w:rsidRDefault="0013574F" w:rsidP="00B4740F">
                         <w:pPr>
                           <w:pStyle w:val="Headerjafootertekstit"/>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="page" anchory="page"/>
                 </v:shape>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7281C5FA" w14:textId="4A3159A8" w:rsidR="00666E16" w:rsidRDefault="0092545D" w:rsidP="0092545D">
     <w:pPr>
       <w:pStyle w:val="Headerotsikko"/>
       <w:ind w:left="-567" w:right="360" w:firstLine="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76708D50" wp14:editId="2C47438E">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76708D50" wp14:editId="2C47438E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5112385</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>651510</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2080800" cy="198000"/>
               <wp:effectExtent l="0" t="0" r="2540" b="5715"/>
               <wp:wrapNone/>
               <wp:docPr id="1486805848" name="Tekstiruutu 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2080800" cy="198000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="59D72B1D" w14:textId="43A18A0B" w:rsidR="0092545D" w:rsidRPr="0092545D" w:rsidRDefault="0092545D" w:rsidP="0092545D">
+                        <w:p w14:paraId="59D72B1D" w14:textId="3AEB6FE7" w:rsidR="0092545D" w:rsidRPr="0092545D" w:rsidRDefault="0092545D" w:rsidP="0092545D">
                           <w:pPr>
                             <w:pStyle w:val="Headerjafootertekstit"/>
                           </w:pPr>
                           <w:r w:rsidRPr="0062106C">
                             <w:tab/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="76708D50" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:402.55pt;margin-top:51.3pt;width:163.85pt;height:15.6pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwzWHRDwIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99r2zAQfh/sfxB6X+xkrHQmTslaMgah&#10;LaSlz4osxQZZp52U2Nlfv5McJ6XbUykG+aQ73Y/v+zS/6VvDDgp9A7bk00nOmbISqsbuSv78tPpy&#10;zZkPwlbCgFUlPyrPbxafP807V6gZ1GAqhYySWF90ruR1CK7IMi9r1Qo/AacsOTVgKwJtcZdVKDrK&#10;3ppsludXWQdYOQSpvKfTu8HJFym/1kqGB629CsyUnHoLacW0buOaLeai2KFwdSNPbYh3dNGKxlLR&#10;c6o7EQTbY/NPqraRCB50mEhoM9C6kSrNQNNM8zfTbGrhVJqFwPHuDJP/uLTy/rBxj8hC/wN6IjAC&#10;0jlfeDqM8/Qa2/inThn5CcLjGTbVBybpcJZf00cuSb7pdzITrtnltkMffipoWTRKjkRLQksc1j5Q&#10;RQodQ2IxC6vGmESNsawr+dXXb3m6cPbQDWPp4qXXaIV+27OmejXHFqojjYcwMO+dXDXUw1r48CiQ&#10;qKa2Sb7hgRZtgGrByeKsBvzzv/MYTwyQl7OOpFNy/3svUHFmflniJupsNHA0tqNh9+0tkBqn9DCc&#10;TCZdwGBGUyO0L6TqZaxCLmEl1Sq5DDhubsMgYXoXUi2XKYz05ERY242TMXnEMWL61L8IdCfgA1F2&#10;D6OsRPEG/yF2YGC5D6CbRE5EdsDxBDhpMXF2ejdR7K/3Keryuhd/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAa6HVQeEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvDMBSF3wX/Q7iCby5pi6PUpkME&#10;5xQU3PwBWXPXdG2S0mRd/ffePbm3ezgf555TrmbbswnH0HonIVkIYOhqr1vXSPjZvT7kwEJUTqve&#10;O5TwiwFW1e1NqQrtz+4bp21sGIW4UCgJJsah4DzUBq0KCz+gI+/gR6siybHhelRnCrc9T4VYcqta&#10;Rx+MGvDFYN1tT1bCuj0ku6+pawbTvb+tPzafx80xSnl/Nz8/AYs4x38YLvWpOlTUae9PTgfWS8jF&#10;Y0IoGSJdArsQSZbSmj1dWZYDr0p+PaL6AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALDN&#10;YdEPAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGuh1UHhAAAADAEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="76708D50" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:402.55pt;margin-top:51.3pt;width:163.85pt;height:15.6pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwzWHRDwIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99r2zAQfh/sfxB6X+xkrHQmTslaMgah&#10;LaSlz4osxQZZp52U2Nlfv5McJ6XbUykG+aQ73Y/v+zS/6VvDDgp9A7bk00nOmbISqsbuSv78tPpy&#10;zZkPwlbCgFUlPyrPbxafP807V6gZ1GAqhYySWF90ruR1CK7IMi9r1Qo/AacsOTVgKwJtcZdVKDrK&#10;3ppsludXWQdYOQSpvKfTu8HJFym/1kqGB629CsyUnHoLacW0buOaLeai2KFwdSNPbYh3dNGKxlLR&#10;c6o7EQTbY/NPqraRCB50mEhoM9C6kSrNQNNM8zfTbGrhVJqFwPHuDJP/uLTy/rBxj8hC/wN6IjAC&#10;0jlfeDqM8/Qa2/inThn5CcLjGTbVBybpcJZf00cuSb7pdzITrtnltkMffipoWTRKjkRLQksc1j5Q&#10;RQodQ2IxC6vGmESNsawr+dXXb3m6cPbQDWPp4qXXaIV+27OmejXHFqojjYcwMO+dXDXUw1r48CiQ&#10;qKa2Sb7hgRZtgGrByeKsBvzzv/MYTwyQl7OOpFNy/3svUHFmflniJupsNHA0tqNh9+0tkBqn9DCc&#10;TCZdwGBGUyO0L6TqZaxCLmEl1Sq5DDhubsMgYXoXUi2XKYz05ERY242TMXnEMWL61L8IdCfgA1F2&#10;D6OsRPEG/yF2YGC5D6CbRE5EdsDxBDhpMXF2ejdR7K/3Keryuhd/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAa6HVQeEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvDMBSF3wX/Q7iCby5pi6PUpkME&#10;5xQU3PwBWXPXdG2S0mRd/ffePbm3ezgf555TrmbbswnH0HonIVkIYOhqr1vXSPjZvT7kwEJUTqve&#10;O5TwiwFW1e1NqQrtz+4bp21sGIW4UCgJJsah4DzUBq0KCz+gI+/gR6siybHhelRnCrc9T4VYcqta&#10;Rx+MGvDFYN1tT1bCuj0ku6+pawbTvb+tPzafx80xSnl/Nz8/AYs4x38YLvWpOlTUae9PTgfWS8jF&#10;Y0IoGSJdArsQSZbSmj1dWZYDr0p+PaL6AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALDN&#10;YdEPAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGuh1UHhAAAADAEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="59D72B1D" w14:textId="43A18A0B" w:rsidR="0092545D" w:rsidRPr="0092545D" w:rsidRDefault="0092545D" w:rsidP="0092545D">
+                  <w:p w14:paraId="59D72B1D" w14:textId="3AEB6FE7" w:rsidR="0092545D" w:rsidRPr="0092545D" w:rsidRDefault="0092545D" w:rsidP="0092545D">
                     <w:pPr>
                       <w:pStyle w:val="Headerjafootertekstit"/>
                     </w:pPr>
                     <w:r w:rsidRPr="0062106C">
                       <w:tab/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03977EA7" wp14:editId="44F3D38F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03977EA7" wp14:editId="44F3D38F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-147320</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2023200" cy="298800"/>
               <wp:effectExtent l="0" t="0" r="8890" b="6350"/>
               <wp:wrapNone/>
               <wp:docPr id="1435104139" name="Tekstiruutu 4"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2023200" cy="298800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="12C400B3" w14:textId="09DDC4E9" w:rsidR="00285DEB" w:rsidRDefault="00285DEB" w:rsidP="00285DEB">
+                        <w:p w14:paraId="12C400B3" w14:textId="0B6005D8" w:rsidR="00285DEB" w:rsidRDefault="00285DEB" w:rsidP="00285DEB">
                           <w:pPr>
                             <w:pStyle w:val="Headerotsikko"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="03977EA7" id="Tekstiruutu 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:28.35pt;margin-top:-11.6pt;width:159.3pt;height:23.55pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDwIzVEAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykWJEZcYqsRYYB&#10;QVsgHXpWZCk2IIsapcTOfv0oOU6KbqdhF5oWKX6897S461vDjgp9A7bk00nOmbISqsbuS/7jZf1p&#10;zpkPwlbCgFUlPynP75YfPyw6V6gZ1GAqhYyKWF90ruR1CK7IMi9r1Qo/AacsBTVgKwL94j6rUHRU&#10;vTXZLM9vsw6wcghSeU+nD0OQL1N9rZUMT1p7FZgpOc0WksVkd9Fmy4Uo9ihc3cjzGOIfpmhFY6np&#10;pdSDCIIdsPmjVNtIBA86TCS0GWjdSJV2oG2m+btttrVwKu1C4Hh3gcn/v7Ly8bh1z8hC/xV6IjAC&#10;0jlfeDqM+/Qa2/ilSRnFCcLTBTbVBybpcJbPbogLziTFZl/mc/KpTHa97dCHbwpaFp2SI9GS0BLH&#10;jQ9D6pgSm1lYN8YkaoxlXclvbz7n6cIlQsWNpR7XWaMX+l3PmoqmGPfYQXWi9RAG5r2T64Zm2Agf&#10;ngUS1TQ2yTc8kdEGqBecPc5qwF9/O4/5xABFOetIOiX3Pw8CFWfmuyVuos5GB0dnNzr20N4DqXFK&#10;D8PJ5NIFDGZ0NUL7SqpexS4UElZSr5KH0b0Pg4DpVUi1WqUkUpMTYWO3TsbSEcWI6Ev/KtCdYQ9E&#10;2COMohLFO/SH3AH/1SGAbhI1EdcBxTPcpMRE7vnVRKm//U9Z17e9/A0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAPEYj4vgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxap4naQsik&#10;Qjx2PAtIsHPiIYmwx1HspOHvMStYju7RvWeK3WyNmGjwnWOE1TIBQVw73XGD8PpyuzgD4YNirYxj&#10;QvgmD7vy+KhQuXYHfqZpHxoRS9jnCqENoc+l9HVLVvml64lj9ukGq0I8h0bqQR1iuTUyTZKNtKrj&#10;uNCqnq5aqr/2o0Uw7364q5LwMV039+HpUY5vN6sHxNOT+fICRKA5/MHwqx/VoYxOlRtZe2EQ1ptt&#10;JBEWaZaCiEC2XWcgKoQ0OwdZFvL/B+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEPA&#10;jNUQAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APEYj4vgAAAACQEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="03977EA7" id="Tekstiruutu 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:28.35pt;margin-top:-11.6pt;width:159.3pt;height:23.55pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDwIzVEAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykWJEZcYqsRYYB&#10;QVsgHXpWZCk2IIsapcTOfv0oOU6KbqdhF5oWKX6897S461vDjgp9A7bk00nOmbISqsbuS/7jZf1p&#10;zpkPwlbCgFUlPynP75YfPyw6V6gZ1GAqhYyKWF90ruR1CK7IMi9r1Qo/AacsBTVgKwL94j6rUHRU&#10;vTXZLM9vsw6wcghSeU+nD0OQL1N9rZUMT1p7FZgpOc0WksVkd9Fmy4Uo9ihc3cjzGOIfpmhFY6np&#10;pdSDCIIdsPmjVNtIBA86TCS0GWjdSJV2oG2m+btttrVwKu1C4Hh3gcn/v7Ly8bh1z8hC/xV6IjAC&#10;0jlfeDqM+/Qa2/ilSRnFCcLTBTbVBybpcJbPbogLziTFZl/mc/KpTHa97dCHbwpaFp2SI9GS0BLH&#10;jQ9D6pgSm1lYN8YkaoxlXclvbz7n6cIlQsWNpR7XWaMX+l3PmoqmGPfYQXWi9RAG5r2T64Zm2Agf&#10;ngUS1TQ2yTc8kdEGqBecPc5qwF9/O4/5xABFOetIOiX3Pw8CFWfmuyVuos5GB0dnNzr20N4DqXFK&#10;D8PJ5NIFDGZ0NUL7SqpexS4UElZSr5KH0b0Pg4DpVUi1WqUkUpMTYWO3TsbSEcWI6Ev/KtCdYQ9E&#10;2COMohLFO/SH3AH/1SGAbhI1EdcBxTPcpMRE7vnVRKm//U9Z17e9/A0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAPEYj4vgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxap4naQsik&#10;Qjx2PAtIsHPiIYmwx1HspOHvMStYju7RvWeK3WyNmGjwnWOE1TIBQVw73XGD8PpyuzgD4YNirYxj&#10;QvgmD7vy+KhQuXYHfqZpHxoRS9jnCqENoc+l9HVLVvml64lj9ukGq0I8h0bqQR1iuTUyTZKNtKrj&#10;uNCqnq5aqr/2o0Uw7364q5LwMV039+HpUY5vN6sHxNOT+fICRKA5/MHwqx/VoYxOlRtZe2EQ1ptt&#10;JBEWaZaCiEC2XWcgKoQ0OwdZFvL/B+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEPA&#10;jNUQAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APEYj4vgAAAACQEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="12C400B3" w14:textId="09DDC4E9" w:rsidR="00285DEB" w:rsidRDefault="00285DEB" w:rsidP="00285DEB">
+                  <w:p w14:paraId="12C400B3" w14:textId="0B6005D8" w:rsidR="00285DEB" w:rsidRDefault="00285DEB" w:rsidP="00285DEB">
                     <w:pPr>
                       <w:pStyle w:val="Headerotsikko"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4C861412"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -10882,206 +10681,208 @@
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1223252731">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="202251036">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1648124366">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="827868603">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00666E16"/>
-    <w:rsid w:val="00016087"/>
     <w:rsid w:val="00075895"/>
     <w:rsid w:val="000B181C"/>
     <w:rsid w:val="000C29C4"/>
     <w:rsid w:val="000D1A3C"/>
     <w:rsid w:val="0012485D"/>
     <w:rsid w:val="0013574F"/>
     <w:rsid w:val="00144A23"/>
     <w:rsid w:val="0015452D"/>
     <w:rsid w:val="0017264A"/>
+    <w:rsid w:val="0019529B"/>
     <w:rsid w:val="00196102"/>
     <w:rsid w:val="001A0C3A"/>
     <w:rsid w:val="001A0D45"/>
     <w:rsid w:val="001C3927"/>
     <w:rsid w:val="001F5746"/>
     <w:rsid w:val="00203D9C"/>
     <w:rsid w:val="00206AEF"/>
-    <w:rsid w:val="00212001"/>
     <w:rsid w:val="00215D2D"/>
     <w:rsid w:val="00217EF1"/>
+    <w:rsid w:val="00226A72"/>
     <w:rsid w:val="00226D0D"/>
     <w:rsid w:val="00251836"/>
     <w:rsid w:val="00257D61"/>
     <w:rsid w:val="002808C6"/>
     <w:rsid w:val="00285DEB"/>
     <w:rsid w:val="002B5E1E"/>
     <w:rsid w:val="002D0A87"/>
     <w:rsid w:val="002D5921"/>
     <w:rsid w:val="0034410C"/>
     <w:rsid w:val="00372D71"/>
     <w:rsid w:val="003A2D03"/>
     <w:rsid w:val="003C0626"/>
+    <w:rsid w:val="003D0673"/>
     <w:rsid w:val="003E7E9C"/>
     <w:rsid w:val="00415C5D"/>
     <w:rsid w:val="0045119D"/>
     <w:rsid w:val="0046064F"/>
     <w:rsid w:val="004656E6"/>
     <w:rsid w:val="00470D01"/>
     <w:rsid w:val="004A13D8"/>
     <w:rsid w:val="004F43AC"/>
     <w:rsid w:val="00507A85"/>
+    <w:rsid w:val="00541B73"/>
     <w:rsid w:val="005547DC"/>
+    <w:rsid w:val="005B16E8"/>
+    <w:rsid w:val="005D01B9"/>
     <w:rsid w:val="005F0358"/>
     <w:rsid w:val="00643E5A"/>
     <w:rsid w:val="006456E1"/>
     <w:rsid w:val="00666E16"/>
+    <w:rsid w:val="00684B2F"/>
     <w:rsid w:val="00687332"/>
-    <w:rsid w:val="006B2132"/>
     <w:rsid w:val="006C015C"/>
-    <w:rsid w:val="006D445C"/>
     <w:rsid w:val="006F4F4E"/>
     <w:rsid w:val="00714FE2"/>
     <w:rsid w:val="00724BD0"/>
     <w:rsid w:val="007521B6"/>
     <w:rsid w:val="007634FE"/>
     <w:rsid w:val="00790F57"/>
-    <w:rsid w:val="007972F3"/>
+    <w:rsid w:val="00797FC6"/>
     <w:rsid w:val="007B03E3"/>
-    <w:rsid w:val="007C6BB5"/>
     <w:rsid w:val="007D4536"/>
     <w:rsid w:val="007D5917"/>
     <w:rsid w:val="007E150D"/>
     <w:rsid w:val="007E22C4"/>
     <w:rsid w:val="007F1926"/>
     <w:rsid w:val="007F5D08"/>
-    <w:rsid w:val="00821706"/>
-    <w:rsid w:val="008649FE"/>
     <w:rsid w:val="00873667"/>
+    <w:rsid w:val="0088758B"/>
     <w:rsid w:val="008878F0"/>
     <w:rsid w:val="008A2A7E"/>
+    <w:rsid w:val="008C0EC7"/>
     <w:rsid w:val="008F7018"/>
     <w:rsid w:val="0092482C"/>
     <w:rsid w:val="0092545D"/>
+    <w:rsid w:val="00933555"/>
     <w:rsid w:val="00946D56"/>
     <w:rsid w:val="0095295D"/>
     <w:rsid w:val="00995EAF"/>
     <w:rsid w:val="009D4924"/>
     <w:rsid w:val="009D5589"/>
     <w:rsid w:val="009E6BBA"/>
-    <w:rsid w:val="009E7802"/>
     <w:rsid w:val="00A1422C"/>
     <w:rsid w:val="00A144CB"/>
     <w:rsid w:val="00A221E8"/>
     <w:rsid w:val="00A250E3"/>
     <w:rsid w:val="00A27B50"/>
     <w:rsid w:val="00A45500"/>
-    <w:rsid w:val="00A7116B"/>
-    <w:rsid w:val="00A7372D"/>
+    <w:rsid w:val="00A533A6"/>
     <w:rsid w:val="00A86F5B"/>
     <w:rsid w:val="00A86FDA"/>
     <w:rsid w:val="00A93BB4"/>
     <w:rsid w:val="00A95D3E"/>
     <w:rsid w:val="00AF23D0"/>
     <w:rsid w:val="00B304B0"/>
+    <w:rsid w:val="00B42CA5"/>
     <w:rsid w:val="00B463A8"/>
     <w:rsid w:val="00B4740F"/>
     <w:rsid w:val="00BF36E6"/>
     <w:rsid w:val="00C01EE5"/>
     <w:rsid w:val="00C03EDB"/>
-    <w:rsid w:val="00C34EAA"/>
     <w:rsid w:val="00C42996"/>
     <w:rsid w:val="00C513FE"/>
     <w:rsid w:val="00CC49D4"/>
+    <w:rsid w:val="00CD15BA"/>
     <w:rsid w:val="00CD3D80"/>
     <w:rsid w:val="00CD405D"/>
     <w:rsid w:val="00CE00D4"/>
-    <w:rsid w:val="00CE068E"/>
     <w:rsid w:val="00CE08A8"/>
     <w:rsid w:val="00D0111A"/>
+    <w:rsid w:val="00D27373"/>
+    <w:rsid w:val="00D321BB"/>
     <w:rsid w:val="00D450FE"/>
     <w:rsid w:val="00DB19D2"/>
     <w:rsid w:val="00DD1A15"/>
     <w:rsid w:val="00DD4A8B"/>
     <w:rsid w:val="00E178B8"/>
     <w:rsid w:val="00E3686B"/>
-    <w:rsid w:val="00E547DE"/>
     <w:rsid w:val="00E714D3"/>
+    <w:rsid w:val="00E74EE2"/>
     <w:rsid w:val="00E80F7A"/>
     <w:rsid w:val="00E87258"/>
     <w:rsid w:val="00E8794C"/>
-    <w:rsid w:val="00EA0BE3"/>
     <w:rsid w:val="00EB26EA"/>
     <w:rsid w:val="00EE5D19"/>
     <w:rsid w:val="00EF0EE2"/>
     <w:rsid w:val="00F63231"/>
+    <w:rsid w:val="00FA38FF"/>
     <w:rsid w:val="00FC7705"/>
     <w:rsid w:val="00FD569C"/>
     <w:rsid w:val="00FF24EA"/>
     <w:rsid w:val="00FF2ECD"/>
+    <w:rsid w:val="1E9E1D03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B26173C"/>
@@ -11465,51 +11266,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normaali">
     <w:name w:val="Normal"/>
     <w:rsid w:val="000B181C"/>
     <w:rPr>
-      <w:noProof/>
       <w:color w:val="24A6A3" w:themeColor="accent5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Otsikko1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Otsikko 1 (Iso otsikko)"/>
     <w:next w:val="Leipteksti"/>
     <w:link w:val="Otsikko1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00995EAF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Geomanist" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Geomanist" w:cs="Times New Roman (Otsikot, muut"/>
       <w:spacing w:val="6"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Otsikko2">
@@ -12511,68 +12311,168 @@
     <w:name w:val="Kansi 2. tason otsikko"/>
     <w:rsid w:val="00251836"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Geomanist" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Geomanist" w:cs="Times New Roman (Otsikot, muut"/>
       <w:iCs/>
       <w:spacing w:val="6"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sivunumero">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C513FE"/>
   </w:style>
   <w:style w:type="table" w:styleId="TaulukkoRuudukko">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaalitaulukko"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A7116B"/>
+    <w:rsid w:val="00FA38FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Yksinkertainentaulukko41">
+    <w:name w:val="Yksinkertainen taulukko 41"/>
+    <w:basedOn w:val="Normaalitaulukko"/>
+    <w:next w:val="Yksinkertainentaulukko4"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="00FA38FF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Yksinkertainentaulukko4">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="Normaalitaulukko"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="00FA38FF"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="71778459">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="764038062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -12911,150 +12811,148 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100C35128A5E99A46408397413E0A86AE15" ma:contentTypeVersion="10" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="c61549d008b63f6a811c63cc9ae34f90">
-[...2 lines deleted...]
-    <xsd:import namespace="ab952e86-269e-41b6-88d3-48f11bdb6998"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004FA9C63A361A64488A4A031907466995" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3f067d04ad8d9c01323b8b4699a97e6c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="76589ea8-d707-44ce-9dc0-4cdc836e35e3" xmlns:ns3="b85f944c-1f78-4a84-84a1-b2a7f3550aa7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ddbb0e5b0a4e694081f6dc34bd54c5ff" ns2:_="" ns3:_="">
+    <xsd:import namespace="76589ea8-d707-44ce-9dc0-4cdc836e35e3"/>
+    <xsd:import namespace="b85f944c-1f78-4a84-84a1-b2a7f3550aa7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f69938c9-ec1b-45e0-a75c-d4793dd61d8f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="76589ea8-d707-44ce-9dc0-4cdc836e35e3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Kuvien tunnisteet" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b489e15d-2682-4bbf-b245-decbed2d91aa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="12" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b85f944c-1f78-4a84-84a1-b2a7f3550aa7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...23 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Sisältölaji"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Otsikko"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -13099,144 +12997,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E610076-6E53-440B-B7E9-D8A97315597E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76513D49-68CA-4259-ADD0-8DEE3B154DA2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F80F16B7-7DDB-407A-83DE-5DF46067A438}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f69938c9-ec1b-45e0-a75c-d4793dd61d8f"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8353FB1A-DA6F-6941-AC7B-A1EE94CD38B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F80F16B7-7DDB-407A-83DE-5DF46067A438}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAEA8B74-838F-4EDD-92E2-DC1EDE9A9267}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="76589ea8-d707-44ce-9dc0-4cdc836e35e3"/>
+    <ds:schemaRef ds:uri="b85f944c-1f78-4a84-84a1-b2a7f3550aa7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="f69938c9-ec1b-45e0-a75c-d4793dd61d8f"/>
-    <ds:schemaRef ds:uri="ab952e86-269e-41b6-88d3-48f11bdb6998"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>324</Words>
-  <Characters>2631</Characters>
+  <Words>354</Words>
+  <Characters>2873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2950</CharactersWithSpaces>
+  <CharactersWithSpaces>3221</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jussi Salakka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100C35128A5E99A46408397413E0A86AE15</vt:lpwstr>
+    <vt:lpwstr>0x0101004FA9C63A361A64488A4A031907466995</vt:lpwstr>
   </property>
 </Properties>
 </file>